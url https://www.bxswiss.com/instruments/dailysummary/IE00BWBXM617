--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9db79299c1c343a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74946b1cd0df48b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1264bb0e90a14d12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ae3b21430374637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2850d949a715453b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1264bb0e90a14d12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra119bfba3c5a4116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ae3b21430374637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Health Care Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,739</x:t>
-[...9 lines deleted...]
-          <x:t>35,412</x:t>
+          <x:t>35,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>