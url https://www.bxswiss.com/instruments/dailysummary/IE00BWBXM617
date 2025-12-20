--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74946b1cd0df48b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref81fde4f9454cc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ae3b21430374637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ea084243fd04cce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra119bfba3c5a4116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ae3b21430374637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c4d7e2af0e849ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ea084243fd04cce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Health Care Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>36,033</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>