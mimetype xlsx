--- v2 (2025-12-20)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref81fde4f9454cc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33026a88189b4654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ea084243fd04cce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21458cd071544e66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c4d7e2af0e849ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ea084243fd04cce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037478797db54b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21458cd071544e66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Health Care Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>39,260</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,316</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>38,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>