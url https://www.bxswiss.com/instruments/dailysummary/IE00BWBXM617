--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33026a88189b4654" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref2b5c9875fe4f37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21458cd071544e66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae3e167a8cc6492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037478797db54b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21458cd071544e66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b47485eb9f4c53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae3e167a8cc6492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Health Care Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>37,899</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,712</x:t>
-[...188 lines deleted...]
-          <x:t>37,690</x:t>
+          <x:t>38,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>39,464</x:t>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>