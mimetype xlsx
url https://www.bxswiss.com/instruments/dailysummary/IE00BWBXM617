--- v4 (2026-02-18)
+++ v5 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref2b5c9875fe4f37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4dea435ae2450f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae3e167a8cc6492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8a627c8a554467"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b47485eb9f4c53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae3e167a8cc6492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7ec61fb29c34bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8a627c8a554467" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Health Care Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>37,417</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,142</x:t>
-[...53 lines deleted...]
-          <x:t>37,019</x:t>
+          <x:t>37,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,144</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>37,658</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>