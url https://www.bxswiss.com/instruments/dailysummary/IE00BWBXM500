--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd60271ed1dc84cfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb813e96b21e4ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf493c488ef2441d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d6c9b78f3b143d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50aac879435b4878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf493c488ef2441d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3df42f9da9c4fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d6c9b78f3b143d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Financials Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>50,697</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,373</x:t>
-[...114 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>50,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,825</x:t>
-[...360 lines deleted...]
-          <x:t>50,263</x:t>
+          <x:t>50,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>