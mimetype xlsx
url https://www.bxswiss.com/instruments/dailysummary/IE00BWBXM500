--- v1 (2025-12-20)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb813e96b21e4ba8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06f0d8575f7649b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d6c9b78f3b143d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R809543328d5f42b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3df42f9da9c4fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d6c9b78f3b143d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486aa8cd24d34760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R809543328d5f42b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Financials Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>51,402</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>