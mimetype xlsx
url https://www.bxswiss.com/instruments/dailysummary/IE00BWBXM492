--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe0e32736bd044c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70976f0db7254123" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2326bef0707949be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R217ba18c71f74407"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R975e52ba7287438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2326bef0707949be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0340026aed048a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R217ba18c71f74407" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Energy Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,141</x:t>
-[...340 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>28,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,337</x:t>
-[...144 lines deleted...]
-          <x:t>27,392</x:t>
+          <x:t>28,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>