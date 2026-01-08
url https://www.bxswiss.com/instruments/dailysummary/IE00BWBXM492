--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70976f0db7254123" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a60758d366242ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R217ba18c71f74407"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d2782e711184525"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0340026aed048a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R217ba18c71f74407" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33db2a077645434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d2782e711184525" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Energy Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...252 lines deleted...]
-          <x:t>28,481</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,354</x:t>
-[...323 lines deleted...]
-          <x:t>28,421</x:t>
+          <x:t>28,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>