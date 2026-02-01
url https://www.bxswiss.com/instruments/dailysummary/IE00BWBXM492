--- v2 (2026-01-08)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a60758d366242ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7314d1dae2f048c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d2782e711184525"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06c0bb635cc44230"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33db2a077645434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d2782e711184525" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b44e177d4f469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06c0bb635cc44230" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Energy Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>