--- v3 (2026-02-01)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7314d1dae2f048c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78349426609e42fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06c0bb635cc44230"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ceb9ee7ff5940c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b44e177d4f469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06c0bb635cc44230" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37f3ffd940894199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ceb9ee7ff5940c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Energy Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>