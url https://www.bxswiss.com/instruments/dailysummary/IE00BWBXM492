--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78349426609e42fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff2a47032254da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ceb9ee7ff5940c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b5a2cb608864154"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37f3ffd940894199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ceb9ee7ff5940c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6782136d044d406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b5a2cb608864154" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Energy Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>