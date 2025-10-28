--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R012a103509704635" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347ef6c0a1354516" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f85116c89134794"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb13ef844a6344ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re45f821534c045f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f85116c89134794" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d31f472d5f949f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb13ef844a6344ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Consumer Discretionary Select Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,188</x:t>
-[...576 lines deleted...]
-          <x:t>57,105</x:t>
+          <x:t>57,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>