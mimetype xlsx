--- v1 (2025-10-28)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347ef6c0a1354516" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b5bf0c616f94a36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb13ef844a6344ad2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbae9ecfdce64d81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d31f472d5f949f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb13ef844a6344ad2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb332838db0934404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbae9ecfdce64d81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Consumer Discretionary Select Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>58,005</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>57,386</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,872</x:t>
-[...80 lines deleted...]
-          <x:t>58,074</x:t>
+          <x:t>56,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>