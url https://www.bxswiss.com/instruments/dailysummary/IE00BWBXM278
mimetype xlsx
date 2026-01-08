--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b5bf0c616f94a36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29da1493aedc4125" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbae9ecfdce64d81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e8b8adfc98d46b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb332838db0934404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbae9ecfdce64d81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dbfac3bdb39495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e8b8adfc98d46b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Consumer Discretionary Select Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...176 lines deleted...]
-          <x:t>57,757</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,167</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>58,751</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>59,135</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,238</x:t>
-[...161 lines deleted...]
-          <x:t>55,697</x:t>
+          <x:t>58,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>