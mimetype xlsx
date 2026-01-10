--- v3 (2026-01-08)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29da1493aedc4125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0209c47b655d4a14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e8b8adfc98d46b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c38c67b5df34299"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dbfac3bdb39495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e8b8adfc98d46b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25eeafc7f57748f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c38c67b5df34299" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Consumer Discretionary Select Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>