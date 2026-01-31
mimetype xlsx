--- v4 (2026-01-10)
+++ v5 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0209c47b655d4a14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e9c9dfe1a0407a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c38c67b5df34299"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bc3ed11caa14700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25eeafc7f57748f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c38c67b5df34299" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e5d684d7235440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bc3ed11caa14700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Consumer Discretionary Select Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>