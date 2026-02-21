--- v5 (2026-01-31)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e9c9dfe1a0407a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d58d12f7d5434b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bc3ed11caa14700"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba3e5f655cb04248"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e5d684d7235440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bc3ed11caa14700" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11e35d8265b4f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba3e5f655cb04248" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Consumer Discretionary Select Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>