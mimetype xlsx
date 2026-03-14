--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d58d12f7d5434b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5c9fd35805d438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba3e5f655cb04248"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6766e88580004a6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11e35d8265b4f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba3e5f655cb04248" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c800640493147a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6766e88580004a6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Consumer Discretionary Select Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>