--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6db34255354443cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38dd8cd51f0c4ba9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdad7974ae64d4152"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10df0bdb79414452"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39fd86e2a7d64aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdad7974ae64d4152" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d699c653c341df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10df0bdb79414452" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO US Short-Term High Yield Corporate Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVZ6SQ11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>131,200</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,329</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,740</x:t>
-[...252 lines deleted...]
-          <x:t>131,690</x:t>
+          <x:t>131,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>