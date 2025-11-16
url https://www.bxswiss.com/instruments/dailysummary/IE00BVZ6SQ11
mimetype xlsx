--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38dd8cd51f0c4ba9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792ceeeece4b4dd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10df0bdb79414452"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91ba529814ec4dc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d699c653c341df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10df0bdb79414452" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbba3a76b1d5c4666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91ba529814ec4dc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO US Short-Term High Yield Corporate Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVZ6SQ11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>131,998</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,595</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>131,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,880</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>