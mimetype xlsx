--- v2 (2025-11-16)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792ceeeece4b4dd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec0e44de67141a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91ba529814ec4dc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ad8982a7f84bea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbba3a76b1d5c4666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91ba529814ec4dc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4f38ebbe8eb4eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ad8982a7f84bea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO US Short-Term High Yield Corporate Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVZ6SQ11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>132,793</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,436</x:t>
-[...377 lines deleted...]
-          <x:t>131,520</x:t>
+          <x:t>132,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>