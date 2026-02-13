--- v3 (2025-12-31)
+++ v4 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec0e44de67141a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca823f151dbc428d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ad8982a7f84bea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b330a1c1014ad7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4f38ebbe8eb4eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ad8982a7f84bea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c273e6d1d6b46ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b330a1c1014ad7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO US Short-Term High Yield Corporate Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVZ6SQ11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>132,819</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>