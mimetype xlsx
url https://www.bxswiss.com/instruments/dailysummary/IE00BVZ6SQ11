--- v4 (2026-02-13)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca823f151dbc428d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8cfaf50008e4347" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b330a1c1014ad7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b6f4972ba684e0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c273e6d1d6b46ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b330a1c1014ad7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb380a2965bcd4d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b6f4972ba684e0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO US Short-Term High Yield Corporate Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVZ6SQ11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...500 lines deleted...]
-          <x:t>130,493</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,074</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>129,996</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>