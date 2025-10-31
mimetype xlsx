--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2526339bbeff4ccd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77d30530dc9e4e35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9de61b69a864f9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54ca5a1b723e4376"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037eff407a874bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9de61b69a864f9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2336b046be164cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54ca5a1b723e4376" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Maturity UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVZ6SP04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,535</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,296</x:t>
-[...210 lines deleted...]
-          <x:t>98,595</x:t>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,440</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>98,803</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,616</x:t>
-[...70 lines deleted...]
-          <x:t>98,759</x:t>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,573</x:t>
-[...269 lines deleted...]
-          <x:t>98,416</x:t>
+          <x:t>98,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>