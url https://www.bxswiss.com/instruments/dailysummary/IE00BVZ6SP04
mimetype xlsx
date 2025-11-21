--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77d30530dc9e4e35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17093a44fd8c41bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54ca5a1b723e4376"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf10a207eeafc4604"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2336b046be164cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54ca5a1b723e4376" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4908bd3af0fb4dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf10a207eeafc4604" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Maturity UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVZ6SP04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>98,902</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,735</x:t>
-[...97 lines deleted...]
-          <x:t>98,953</x:t>
+          <x:t>98,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,677</x:t>
-[...237 lines deleted...]
-          <x:t>98,138</x:t>
+          <x:t>98,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...262 lines deleted...]
-          <x:t>98,211</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>