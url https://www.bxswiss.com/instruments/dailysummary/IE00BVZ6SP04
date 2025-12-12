--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17093a44fd8c41bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bb6380c296544b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf10a207eeafc4604"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra33f9823d3574233"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4908bd3af0fb4dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf10a207eeafc4604" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R347f7c6304594470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra33f9823d3574233" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Maturity UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVZ6SP04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...203 lines deleted...]
-          <x:t>97,971</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,316</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>98,598</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,580</x:t>
-[...274 lines deleted...]
-          <x:t>98,470</x:t>
+          <x:t>98,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>