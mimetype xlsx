--- v3 (2025-12-12)
+++ v4 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bb6380c296544b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red5ee377ca3446b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra33f9823d3574233"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf513b26bcdf24a1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R347f7c6304594470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra33f9823d3574233" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4856feb09dfb4678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf513b26bcdf24a1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Maturity UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVZ6SP04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,863</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>98,968</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>