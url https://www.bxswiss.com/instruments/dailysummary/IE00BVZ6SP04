--- v4 (2026-01-08)
+++ v5 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red5ee377ca3446b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raec1643a6b134a10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf513b26bcdf24a1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3894620e7d9b4464"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4856feb09dfb4678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf513b26bcdf24a1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273e3734af094d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3894620e7d9b4464" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Maturity UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVZ6SP04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,201</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>98,533</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,704</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>99,024</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>