--- v5 (2026-01-31)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raec1643a6b134a10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra25b2516305f4079" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3894620e7d9b4464"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a70416f846f4c95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273e3734af094d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3894620e7d9b4464" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e9b7bae4474866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a70416f846f4c95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Maturity UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVZ6SP04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,409 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>98,533</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,704</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...334 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,844</x:t>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>