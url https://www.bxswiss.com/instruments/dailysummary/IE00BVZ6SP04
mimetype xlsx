--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra25b2516305f4079" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R779a5ba066f44b6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a70416f846f4c95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R371c1d33f7c1412e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,513 +91,108 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e9b7bae4474866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a70416f846f4c95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf26d9b5e74544e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R371c1d33f7c1412e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>PIMCO - Euro Short Maturity UCITS ETF Acc</x:t>
+          <x:t>PIMCO - Euro Short Maturity UCITS ETF Acc  (actively managed ETF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVZ6SP04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>