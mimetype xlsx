--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848cf65891734bf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aeff2e3528b40f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05ef32f1f31d4fe8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a136d8bf260449c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bed951665ed4fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05ef32f1f31d4fe8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f16e9abf8fc472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a136d8bf260449c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVXC4854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>32,168</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,257</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>32,012</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,134</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>32,592</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,493</x:t>
-[...107 lines deleted...]
-          <x:t>31,808</x:t>
+          <x:t>32,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>