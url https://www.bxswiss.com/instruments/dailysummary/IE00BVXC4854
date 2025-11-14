--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aeff2e3528b40f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fcb71e041a1431c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a136d8bf260449c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad9e0adf866d402c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f16e9abf8fc472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a136d8bf260449c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeb1c15f1f7744e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad9e0adf866d402c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVXC4854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>32,592</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,493</x:t>
-[...237 lines deleted...]
-          <x:t>32,825</x:t>
+          <x:t>32,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...235 lines deleted...]
-          <x:t>33,184</x:t>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>