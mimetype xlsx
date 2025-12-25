--- v2 (2025-11-14)
+++ v3 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fcb71e041a1431c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243b81c780c54f14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad9e0adf866d402c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2242e3ef6934768"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeb1c15f1f7744e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad9e0adf866d402c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd98b51ac094765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2242e3ef6934768" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVXC4854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>34,208</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>