--- v3 (2025-12-25)
+++ v4 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243b81c780c54f14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R118b268c7ad04433" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2242e3ef6934768"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82c987dd6a54d49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd98b51ac094765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2242e3ef6934768" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06dbd79e61894bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82c987dd6a54d49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVXC4854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,710</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>35,743</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>