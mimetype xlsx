--- v4 (2026-01-15)
+++ v5 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R118b268c7ad04433" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R189a575fb20842cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82c987dd6a54d49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R966b2ce6984048bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06dbd79e61894bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82c987dd6a54d49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c88cf5dfa884ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R966b2ce6984048bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVXC4854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>38,422</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>