--- v5 (2026-02-24)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R189a575fb20842cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51d5d333a60346ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R966b2ce6984048bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea8d1b4efc6d4d28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c88cf5dfa884ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R966b2ce6984048bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5479034811ec4047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea8d1b4efc6d4d28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVXC4854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>39,837</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,680</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>39,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,568</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>