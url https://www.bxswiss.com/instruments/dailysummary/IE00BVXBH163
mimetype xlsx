--- v0 (2025-10-11)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ae99df4afc744c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d101d581e594844" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R485c09baf1284035"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R118c14b696fe46cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dca8f8b0d5c4499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R485c09baf1284035" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71fc1a4f897742b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R118c14b696fe46cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVXBH163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,424</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>22,626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,396</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>