--- v1 (2025-10-31)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d101d581e594844" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41d3a2cd0d61434b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R118c14b696fe46cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R369d73db8d2c4097"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71fc1a4f897742b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R118c14b696fe46cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0b29837d61a4ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R369d73db8d2c4097" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVXBH163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>23,323</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,349</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,399</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>23,502</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>