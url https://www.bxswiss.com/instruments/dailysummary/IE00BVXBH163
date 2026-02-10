--- v2 (2025-12-31)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41d3a2cd0d61434b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2f02eb607d4982" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R369d73db8d2c4097"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c3d02ba30754a57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0b29837d61a4ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R369d73db8d2c4097" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra00f0053d152407b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c3d02ba30754a57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVXBH163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>23,280</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...127 lines deleted...]
-          <x:t>23,642</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>