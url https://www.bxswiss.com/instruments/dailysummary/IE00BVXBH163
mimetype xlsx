--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2f02eb607d4982" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69a73a78890d4ea5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c3d02ba30754a57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ada45f46fc54882"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra00f0053d152407b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c3d02ba30754a57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82be316f12994614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ada45f46fc54882" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVXBH163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,586</x:t>
-[...198 lines deleted...]
-          <x:t>23,800</x:t>
+          <x:t>23,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>