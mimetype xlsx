--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc77ab71034e74b56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8be7e5f5ce34c83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R197eb0721a404023"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08bdedd58f634d3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a2c1a522684165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R197eb0721a404023" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b11877b826b42ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08bdedd58f634d3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Europe ex-UK GBP Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVDPJP67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,588</x:t>
-        </x:is>
-[...634 lines deleted...]
-          <x:t>8,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>