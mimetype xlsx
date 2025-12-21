--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8be7e5f5ce34c83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R846887d24d874382" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08bdedd58f634d3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R870cfa59cb9c4f7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b11877b826b42ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08bdedd58f634d3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96edd9e8b73045c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R870cfa59cb9c4f7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Europe ex-UK GBP Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVDPJP67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>8,780</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,843</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>8,826</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,834</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>8,588</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>