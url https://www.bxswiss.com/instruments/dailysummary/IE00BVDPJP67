--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R846887d24d874382" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7782124ce942f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R870cfa59cb9c4f7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbc442c43ba4d82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96edd9e8b73045c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R870cfa59cb9c4f7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd07a60d55a44d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbc442c43ba4d82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Europe ex-UK GBP Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVDPJP67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>8,945</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,987</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>