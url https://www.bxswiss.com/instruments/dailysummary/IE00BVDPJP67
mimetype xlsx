--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7782124ce942f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45ce93ac180c4b50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbc442c43ba4d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45f3b20ade5a4736"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd07a60d55a44d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbc442c43ba4d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86d8973ba42d4725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45f3b20ade5a4736" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Europe ex-UK GBP Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVDPJP67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>9,329</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,303</x:t>
-[...85 lines deleted...]
-          <x:t>9,467</x:t>
+          <x:t>9,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>