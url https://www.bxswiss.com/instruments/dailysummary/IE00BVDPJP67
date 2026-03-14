--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45ce93ac180c4b50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785ed4790ccf464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45f3b20ade5a4736"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61db52fb26244011"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86d8973ba42d4725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45f3b20ade5a4736" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R478f3a42fbe140c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61db52fb26244011" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Europe ex-UK GBP Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVDPJP67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>9,120</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,266</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,382</x:t>
-[...220 lines deleted...]
-          <x:t>9,353</x:t>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,371</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>9,411</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,288</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>9,452</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>