--- v0 (2025-10-23)
+++ v1 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13260c9b6ef14a9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ddbfc78ba3b4938" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d424883904d47fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5249bb13c60647f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45b502fa262c4664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d424883904d47fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80c3288af10b4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5249bb13c60647f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Emerging Markets UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BTJRMP35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>58,748</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...343 lines deleted...]
-          <x:t>59,395</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>