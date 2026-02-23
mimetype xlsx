--- v1 (2026-01-14)
+++ v2 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ddbfc78ba3b4938" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a6f59ad4fe04899" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5249bb13c60647f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27685c211d8d469b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80c3288af10b4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5249bb13c60647f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb36a8dbaa347440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27685c211d8d469b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Emerging Markets UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BTJRMP35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>63,700</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>