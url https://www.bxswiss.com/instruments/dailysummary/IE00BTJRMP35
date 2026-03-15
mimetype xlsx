--- v2 (2026-02-23)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a6f59ad4fe04899" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8040f611e9f5456d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27685c211d8d469b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19e953acce134454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb36a8dbaa347440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27685c211d8d469b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e2d31b516b414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19e953acce134454" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Emerging Markets UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BTJRMP35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>64,517</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,548</x:t>
-[...323 lines deleted...]
-          <x:t>66,384</x:t>
+          <x:t>63,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>