--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f8de62f216b4f8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84d88047ed7b4a38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c7d3c2a5a734f00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cfb915a381840b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,731 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0079764d9f8246ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c7d3c2a5a734f00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7a8d388f48b4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cfb915a381840b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares III Euro Corporate Bond BBB-BB UCITS ETF Dist</x:t>
+          <x:t>iShares III Euro Corporate Bond BBB-BB UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRK281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,588</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,574</x:t>
-[...16 lines deleted...]
-          <x:t>4,589</x:t>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,565</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,573</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,564</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,566</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,574</x:t>
-[...237 lines deleted...]
-          <x:t>4,556</x:t>
+          <x:t>4,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>4,563</x:t>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,568</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>4,581</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,566</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>4,564</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>