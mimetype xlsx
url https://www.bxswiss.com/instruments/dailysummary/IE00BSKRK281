--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84d88047ed7b4a38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dcdb5f275484610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cfb915a381840b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43b7fa15aaf8433a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7a8d388f48b4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cfb915a381840b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdb024e48d5c48ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43b7fa15aaf8433a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Euro Corporate Bond BBB-BB UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRK281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>4,563</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,568</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>4,581</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,567</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>4,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,539</x:t>
-[...11 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>4,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,566</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.10.2025</x:t>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.10.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>