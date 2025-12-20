--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dcdb5f275484610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d05a4475ed14bc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43b7fa15aaf8433a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08b617d43bd8460d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdb024e48d5c48ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43b7fa15aaf8433a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f6f0c03c6c24e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08b617d43bd8460d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Euro Corporate Bond BBB-BB UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRK281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,928</x:t>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,919</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>03.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,931</x:t>
-[...26 lines deleted...]
-          <x:t>4,931</x:t>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,918</x:t>
-[...16 lines deleted...]
-          <x:t>4,936</x:t>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,917</x:t>
-[...70 lines deleted...]
-          <x:t>4,919</x:t>
+          <x:t>4,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,905</x:t>
-        </x:is>
-[...219 lines deleted...]
-          <x:t>4,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>