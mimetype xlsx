--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d05a4475ed14bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3853c97b3af44aec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08b617d43bd8460d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d7d4014770e40be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f6f0c03c6c24e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08b617d43bd8460d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82ef42d2116a4048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d7d4014770e40be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Euro Corporate Bond BBB-BB UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRK281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,920</x:t>
-[...97 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,906</x:t>
-[...70 lines deleted...]
-          <x:t>4,920</x:t>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,913</x:t>
-[...16 lines deleted...]
-          <x:t>4,919</x:t>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,929</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,913</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,922</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>4,905</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>