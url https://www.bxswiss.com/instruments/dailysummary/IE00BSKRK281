--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3853c97b3af44aec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7644601d6f3e4175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d7d4014770e40be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fb2c977c4e14d52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82ef42d2116a4048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d7d4014770e40be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6649b935f1a462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fb2c977c4e14d52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Euro Corporate Bond BBB-BB UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRK281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>4,909</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,906</x:t>
-[...404 lines deleted...]
-          <x:t>4,931</x:t>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>