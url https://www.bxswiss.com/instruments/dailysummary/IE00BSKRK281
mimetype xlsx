--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7644601d6f3e4175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e97a021d7c04358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fb2c977c4e14d52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1064fd083254742"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6649b935f1a462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fb2c977c4e14d52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ea23ccbe04f4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1064fd083254742" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Euro Corporate Bond BBB-BB UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRK281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>4,841</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,854</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,855</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>4,858</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>4,857</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,868</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>4,888</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>