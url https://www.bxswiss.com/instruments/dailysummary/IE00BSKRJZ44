--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58a07af3a22e47ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f7cba7517248a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5da8def055ab43d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6c19cf28064dee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71f7ab2bbf8c4ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5da8def055ab43d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R032cc6afcc024663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6c19cf28064dee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 20+yr UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRJZ44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,602</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,597</x:t>
-[...43 lines deleted...]
-          <x:t>2,629</x:t>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,648</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,644</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,635</x:t>
-[...16 lines deleted...]
-          <x:t>2,651</x:t>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,640</x:t>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,657</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,666</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,683</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>2,660</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>