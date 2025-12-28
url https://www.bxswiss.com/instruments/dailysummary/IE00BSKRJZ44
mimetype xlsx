--- v1 (2025-10-25)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f7cba7517248a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R056f2c101c8f43fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6c19cf28064dee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb42c885bc140c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R032cc6afcc024663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6c19cf28064dee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R363a18c447f040d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb42c885bc140c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 20+yr UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRJZ44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>2,643</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,639</x:t>
-[...16 lines deleted...]
-          <x:t>2,656</x:t>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,650</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>2,673</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,630</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,672</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>2,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>