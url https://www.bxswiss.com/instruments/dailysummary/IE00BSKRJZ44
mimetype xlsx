--- v2 (2025-12-28)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R056f2c101c8f43fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref3d21d43e904ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb42c885bc140c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb06952840a1949d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R363a18c447f040d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb42c885bc140c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cb9afa4e3394e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb06952840a1949d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 20+yr UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRJZ44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,607</x:t>
-[...31 lines deleted...]
-          <x:t>2,558</x:t>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>2,551</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>