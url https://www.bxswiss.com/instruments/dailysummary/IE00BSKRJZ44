--- v3 (2026-02-09)
+++ v4 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref3d21d43e904ea9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f7f8e1e83f24ff3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb06952840a1949d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2751b1a6e6ac4a0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cb9afa4e3394e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb06952840a1949d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f86e6a0a81241cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2751b1a6e6ac4a0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 20+yr UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRJZ44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2,589</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,576</x:t>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,605</x:t>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,602</x:t>
-[...21 lines deleted...]
-          <x:t>2,569</x:t>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,583</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>2,587</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,566</x:t>
-[...382 lines deleted...]
-          <x:t>2,514</x:t>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>