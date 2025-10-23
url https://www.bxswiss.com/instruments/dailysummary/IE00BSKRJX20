--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2baae4a5a80b4d05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612a7fb510b34a8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75a015053c8d46a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R263fa7abad1c4314"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R525e895fb808427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75a015053c8d46a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8041928a1844b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R263fa7abad1c4314" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Euro Government Bond 20yr Target Duration UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRJX20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>3,029</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,016</x:t>
-[...21 lines deleted...]
-          <x:t>3,107</x:t>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,081</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,086</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,111</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,084</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,099</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,087</x:t>
-[...178 lines deleted...]
-          <x:t>3,132</x:t>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,054</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>3,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>3,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>