--- v1 (2025-10-23)
+++ v2 (2025-12-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612a7fb510b34a8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c603c4d2a444e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R263fa7abad1c4314"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R252cb28ddebe490e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8041928a1844b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R263fa7abad1c4314" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re99ca3f20b1c43c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R252cb28ddebe490e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Euro Government Bond 20yr Target Duration UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRJX20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,076</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,065</x:t>
-[...70 lines deleted...]
-          <x:t>3,101</x:t>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,072</x:t>
-[...512 lines deleted...]
-          <x:t>3,161</x:t>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>