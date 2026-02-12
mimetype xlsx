--- v2 (2025-12-23)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c603c4d2a444e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94523f0682d14351" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R252cb28ddebe490e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd092a922825481e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re99ca3f20b1c43c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R252cb28ddebe490e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9197990ffc4bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd092a922825481e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Euro Government Bond 20yr Target Duration UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRJX20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>2,996</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,989</x:t>
-[...6 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,989</x:t>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,978</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>2,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,994</x:t>
-[...16 lines deleted...]
-          <x:t>3,004</x:t>
+          <x:t>2,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,979</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,008</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,980</x:t>
-[...16 lines deleted...]
-          <x:t>2,992</x:t>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,974</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>2,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,974</x:t>
-[...4 lines deleted...]
-          <x:t>2,938</x:t>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
-[...19 lines deleted...]
-          <x:t>2,944</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>