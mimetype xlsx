--- v3 (2026-02-12)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94523f0682d14351" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4783e64c71d34214" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd092a922825481e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1bf7b06f39e4c47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9197990ffc4bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd092a922825481e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf0f6048a50b4fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1bf7b06f39e4c47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Euro Government Bond 20yr Target Duration UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRJX20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,008</x:t>
-[...4 lines deleted...]
-          <x:t>2,977</x:t>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,001</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,988</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,000</x:t>
-[...259 lines deleted...]
-          <x:t>2,983</x:t>
+          <x:t>2,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,957</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-          <x:t>06.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,961</x:t>
-[...58 lines deleted...]
-          <x:t>2,925</x:t>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,946</x:t>
-        </x:is>
-[...25 lines deleted...]
-          <x:t>2,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>