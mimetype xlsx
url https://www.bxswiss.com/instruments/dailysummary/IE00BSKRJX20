--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4783e64c71d34214" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25544a1de5c94a43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1bf7b06f39e4c47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc87ce544f6774c45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf0f6048a50b4fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1bf7b06f39e4c47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03a7273d963a4c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc87ce544f6774c45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Euro Government Bond 20yr Target Duration UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSKRJX20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2,942</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,921</x:t>
-[...11 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,948</x:t>
-[...21 lines deleted...]
-          <x:t>2,939</x:t>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,950</x:t>
-        </x:is>
-[...575 lines deleted...]
-          <x:t>2,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>