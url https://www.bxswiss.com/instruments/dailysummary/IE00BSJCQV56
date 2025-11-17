--- v0 (2025-10-09)
+++ v1 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ec4050b00864ea7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb978aedca8bf4258" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb320ce2da6140a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd8afcc58274717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab423bd6dd4c430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb320ce2da6140a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf51ee3bf84ab4ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd8afcc58274717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR FTSE EPRA Europe ex UK Real Estate UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSJCQV56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>27,035</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,097</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>26,698</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>