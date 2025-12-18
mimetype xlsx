--- v1 (2025-11-17)
+++ v2 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb978aedca8bf4258" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57b78ce806f8467a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd8afcc58274717"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83d2d6c27f8b46a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf51ee3bf84ab4ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd8afcc58274717" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa68c7f5e34a4246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83d2d6c27f8b46a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR FTSE EPRA Europe ex UK Real Estate UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSJCQV56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...284 lines deleted...]
-          <x:t>27,078</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>26,793</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>14.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,974</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>26,854</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>