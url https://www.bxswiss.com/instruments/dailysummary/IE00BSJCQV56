--- v2 (2025-12-18)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57b78ce806f8467a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8cd956b62349d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83d2d6c27f8b46a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64c585bb76fa42ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa68c7f5e34a4246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83d2d6c27f8b46a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6553e431c8ba4ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64c585bb76fa42ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR FTSE EPRA Europe ex UK Real Estate UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSJCQV56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>27,082</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,915</x:t>
-[...114 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>27,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,329</x:t>
-[...414 lines deleted...]
-          <x:t>26,538</x:t>
+          <x:t>27,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>