--- v3 (2026-01-10)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8cd956b62349d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70a7c09e734e408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64c585bb76fa42ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739b129d9fd24955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6553e431c8ba4ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64c585bb76fa42ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R814a96a27b9b40c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739b129d9fd24955" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR FTSE EPRA Europe ex UK Real Estate UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSJCQV56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>27,887</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>