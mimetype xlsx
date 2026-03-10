--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70a7c09e734e408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab3bc8f206114f35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739b129d9fd24955"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2770958888344b03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R814a96a27b9b40c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739b129d9fd24955" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0c322887834b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2770958888344b03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR FTSE EPRA Europe ex UK Real Estate UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSJCQV56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,706</x:t>
-[...75 lines deleted...]
-          <x:t>27,778</x:t>
+          <x:t>28,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,638</x:t>
-[...48 lines deleted...]
-          <x:t>28,274</x:t>
+          <x:t>28,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,097</x:t>
-[...80 lines deleted...]
-          <x:t>28,659</x:t>
+          <x:t>27,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>