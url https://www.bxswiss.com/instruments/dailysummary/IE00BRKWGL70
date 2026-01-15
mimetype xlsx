--- v0 (2025-10-24)
+++ v1 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88d36e2b7ced4f93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6336885c150f48f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc10306e901b84534"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc195dd3030f4bcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a27fdd75a2248c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc10306e901b84534" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra09d928943cb42bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc195dd3030f4bcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF EUR Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BRKWGL70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>47,633</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>