--- v1 (2026-01-15)
+++ v2 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6336885c150f48f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc60a52c0375d4aca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc195dd3030f4bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R626905a764d64ef4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra09d928943cb42bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc195dd3030f4bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e97ee24e3ff4d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R626905a764d64ef4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF EUR Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BRKWGL70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>48,983</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,029</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>48,770</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...181 lines deleted...]
-          <x:t>49,274</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>