--- v2 (2026-02-24)
+++ v3 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc60a52c0375d4aca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2782842f8bb04a86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R626905a764d64ef4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0da82747ff6648c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e97ee24e3ff4d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R626905a764d64ef4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R177586d9bf6c4296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0da82747ff6648c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF EUR Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BRKWGL70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>