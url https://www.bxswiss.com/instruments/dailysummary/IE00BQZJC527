--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R456522e8471c4040" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re17da9c5212444d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebe889833ae74c5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6385ab236294d1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2accfda3042a4f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebe889833ae74c5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d3d9dccf34e4159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6385ab236294d1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe SmallCap Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJC527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,760</x:t>
+          <x:t>18,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>18,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>18,669</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>18,778</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,626</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...332 lines deleted...]
-          <x:t>30.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,808</x:t>
-[...225 lines deleted...]
-          <x:t>18,438</x:t>
+          <x:t>18,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>