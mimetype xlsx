--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re17da9c5212444d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f50750295ea4111" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6385ab236294d1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8d2052f78a9484a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d3d9dccf34e4159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6385ab236294d1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6863bf095a64151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8d2052f78a9484a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe SmallCap Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJC527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,808</x:t>
-[...350 lines deleted...]
-          <x:t>18,238</x:t>
+          <x:t>18,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,157</x:t>
-[...269 lines deleted...]
-          <x:t>18,382</x:t>
+          <x:t>17,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>