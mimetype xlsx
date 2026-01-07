--- v2 (2025-11-21)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f50750295ea4111" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R858017e7a0a04e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8d2052f78a9484a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcfb135f335e40ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6863bf095a64151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8d2052f78a9484a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc47d35dda1fb4e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcfb135f335e40ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe SmallCap Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJC527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>18,854</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,709</x:t>
-[...485 lines deleted...]
-          <x:t>17,853</x:t>
+          <x:t>18,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>