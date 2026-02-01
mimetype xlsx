--- v3 (2026-01-07)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R858017e7a0a04e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4024a580093a4039" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcfb135f335e40ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72fe53ac47974c6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc47d35dda1fb4e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcfb135f335e40ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0698afdc7fb54a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72fe53ac47974c6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe SmallCap Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJC527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>18,639</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>19,208</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>