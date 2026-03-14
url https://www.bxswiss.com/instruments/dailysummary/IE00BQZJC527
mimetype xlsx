--- v4 (2026-02-01)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4024a580093a4039" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704714c828784e89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72fe53ac47974c6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re168f9b91d134df4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0698afdc7fb54a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72fe53ac47974c6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R733f4809060b4d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re168f9b91d134df4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe SmallCap Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJC527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>14.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,453</x:t>
-[...333 lines deleted...]
-          <x:t>19,215</x:t>
+          <x:t>19,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>