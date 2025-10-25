--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e4f9cdda42140bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc47c5d45ab4140dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ae6098244d438e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5cea3ce9e1e4bef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f0157d62ef141a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ae6098244d438e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ca6ed410dd34c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5cea3ce9e1e4bef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBX31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,755</x:t>
-[...4 lines deleted...]
-          <x:t>12,498</x:t>
+          <x:t>12,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,504</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>12,720</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,567</x:t>
-[...70 lines deleted...]
-          <x:t>12,717</x:t>
+          <x:t>12,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,626</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-          <x:t>23.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,800</x:t>
-[...225 lines deleted...]
-          <x:t>12,783</x:t>
+          <x:t>12,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>