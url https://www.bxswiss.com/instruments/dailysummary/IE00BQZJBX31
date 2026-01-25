--- v1 (2025-10-25)
+++ v2 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc47c5d45ab4140dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b094d89c6824055" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5cea3ce9e1e4bef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c8207502924bae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ca6ed410dd34c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5cea3ce9e1e4bef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75cb900fbf5a44be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c8207502924bae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBX31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>12,707</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>