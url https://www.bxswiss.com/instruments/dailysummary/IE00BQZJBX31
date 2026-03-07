--- v2 (2026-01-25)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b094d89c6824055" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R014eef5cfae54fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c8207502924bae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc889348b2e824f07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75cb900fbf5a44be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c8207502924bae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R948011dfada24ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc889348b2e824f07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBX31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>13,624</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>