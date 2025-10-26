--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce4ba986a4da4b6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re744099b40c745fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28337bdeda554da8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f48f5de47e645e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f1776b41774d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28337bdeda554da8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R385cf71492894cfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f48f5de47e645e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>21,398</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,188</x:t>
-[...151 lines deleted...]
-          <x:t>21,126</x:t>
+          <x:t>21,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,962</x:t>
-[...16 lines deleted...]
-          <x:t>21,275</x:t>
+          <x:t>20,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,232</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>20,972</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>21,137</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>