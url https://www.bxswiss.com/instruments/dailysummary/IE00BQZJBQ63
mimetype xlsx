--- v1 (2025-10-26)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re744099b40c745fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6421c5b5e2f4521" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f48f5de47e645e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbda956fdf7384903"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R385cf71492894cfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f48f5de47e645e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R198caab3b9b8410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbda956fdf7384903" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>21,221</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,037</x:t>
-[...6 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>20,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,341</x:t>
-[...21 lines deleted...]
-          <x:t>21,198</x:t>
+          <x:t>21,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,042</x:t>
-[...431 lines deleted...]
-          <x:t>20,963</x:t>
+          <x:t>20,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>