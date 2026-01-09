--- v2 (2025-11-21)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6421c5b5e2f4521" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250b312822fa4d42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbda956fdf7384903"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9f6257d9cc44f0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R198caab3b9b8410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbda956fdf7384903" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R801e415ea4884f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9f6257d9cc44f0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>21,378</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>