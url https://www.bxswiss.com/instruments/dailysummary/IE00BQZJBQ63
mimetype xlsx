--- v3 (2026-01-09)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250b312822fa4d42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R351583c91b624f6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9f6257d9cc44f0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813b5e7e7b474bb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R801e415ea4884f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9f6257d9cc44f0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3a384d221244771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813b5e7e7b474bb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>21,910</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>22,371</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>