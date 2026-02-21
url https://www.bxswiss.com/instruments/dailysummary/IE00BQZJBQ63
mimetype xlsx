--- v4 (2026-02-01)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R351583c91b624f6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra88519f3df784bdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813b5e7e7b474bb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc0af68305004667"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3a384d221244771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813b5e7e7b474bb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R639aed9f56d0495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc0af68305004667" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>22,186</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,028</x:t>
+          <x:t>22,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,088</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>22,386</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,281</x:t>
-[...247 lines deleted...]
-          <x:t>21,939</x:t>
+          <x:t>22,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>