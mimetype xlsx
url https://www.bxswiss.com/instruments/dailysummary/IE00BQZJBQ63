--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra88519f3df784bdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eb1501b84e84eda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc0af68305004667"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdaef6e356824831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R639aed9f56d0495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc0af68305004667" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e0bb3f782914fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdaef6e356824831" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>22,542</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,081</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>23,005</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>