--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a7dcf41fcf64ae5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f12f69090e8421b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd32912b5c92443c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5054dbaadbec4354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac1049a18fa04cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd32912b5c92443c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98fd7bd5707b470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5054dbaadbec4354" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets SmallCap Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBM26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>17,841</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,766</x:t>
-[...453 lines deleted...]
-          <x:t>17,611</x:t>
+          <x:t>17,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>17,776</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,588</x:t>
+          <x:t>17,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>