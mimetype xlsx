--- v1 (2025-10-27)
+++ v2 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f12f69090e8421b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refe0a81ea6d4429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5054dbaadbec4354"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R765e8ac6cc1442b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98fd7bd5707b470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5054dbaadbec4354" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb09404cc4ac24734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R765e8ac6cc1442b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets SmallCap Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBM26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>17,981</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,764</x:t>
-[...87 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>17,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,971</x:t>
-[...414 lines deleted...]
-          <x:t>17,500</x:t>
+          <x:t>17,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>