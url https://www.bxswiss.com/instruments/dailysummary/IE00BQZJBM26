--- v2 (2025-11-18)
+++ v3 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refe0a81ea6d4429f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e1c9d14e6b8410d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R765e8ac6cc1442b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re542f75b818e4f58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb09404cc4ac24734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R765e8ac6cc1442b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6a34fe56014473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re542f75b818e4f58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets SmallCap Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBM26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>17,528</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,678</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>17,506</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>