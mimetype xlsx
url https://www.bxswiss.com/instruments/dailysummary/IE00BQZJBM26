--- v3 (2026-02-08)
+++ v4 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e1c9d14e6b8410d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf9d4907bc4e4551" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re542f75b818e4f58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28bebb12c266418f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6a34fe56014473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re542f75b818e4f58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4612af2cba7d4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28bebb12c266418f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets SmallCap Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBM26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>18,551</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>18,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>18,436</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>18,567</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>