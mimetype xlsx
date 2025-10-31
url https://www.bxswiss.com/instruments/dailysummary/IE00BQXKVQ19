--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R816864792747446c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5cca26ab3574ff4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe29ab0fa29b4e9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redbcd54e590940d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb7d970902ac4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe29ab0fa29b4e9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R855d257f16a24701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redbcd54e590940d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI GCC Select Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQXKVQ19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>21,469</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,469</x:t>
-[...11 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>22,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,830</x:t>
-[...198 lines deleted...]
-          <x:t>22,376</x:t>
+          <x:t>22,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>