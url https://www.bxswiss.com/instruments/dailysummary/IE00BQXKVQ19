--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5cca26ab3574ff4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd83b9a2e1044256" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redbcd54e590940d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb942ec80054294"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R855d257f16a24701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redbcd54e590940d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3de23da5b634649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb942ec80054294" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI GCC Select Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQXKVQ19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>22,819</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>