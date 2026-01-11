--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd83b9a2e1044256" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref0de55bdfc4460f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb942ec80054294"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd82c0ac5d7e943ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3de23da5b634649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb942ec80054294" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d22cc65dedd4b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd82c0ac5d7e943ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI GCC Select Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQXKVQ19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>21,988</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,804</x:t>
-[...394 lines deleted...]
-          <x:t>22,025</x:t>
+          <x:t>21,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>22,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>21,944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...181 lines deleted...]
-          <x:t>21,472</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>