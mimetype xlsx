--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref0de55bdfc4460f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf31a5c0491c84746" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd82c0ac5d7e943ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1105afd8d87c4721"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d22cc65dedd4b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd82c0ac5d7e943ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711f4c38aefc4621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1105afd8d87c4721" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI GCC Select Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQXKVQ19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>22,082</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>