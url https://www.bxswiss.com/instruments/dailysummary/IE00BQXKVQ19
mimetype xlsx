--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf31a5c0491c84746" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44bf3994749f43f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1105afd8d87c4721"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeefd1d1209e43dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711f4c38aefc4621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1105afd8d87c4721" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raac52bd243664a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeefd1d1209e43dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI GCC Select Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQXKVQ19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>22,276</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>22,627</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>