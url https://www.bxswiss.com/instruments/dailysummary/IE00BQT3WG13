--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4332eaf86054aa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ff2d43368b473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R404448576cc84b7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21c542c06654b67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8907ed5d8ac84b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R404448576cc84b7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd40432f6c7174071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21c542c06654b67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI China A UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQT3WG13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,399</x:t>
-[...85 lines deleted...]
-          <x:t>4,374</x:t>
+          <x:t>4,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...451 lines deleted...]
-          <x:t>4,443</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>