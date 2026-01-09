--- v1 (2025-11-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ff2d43368b473f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb308e0a095e441f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21c542c06654b67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd916682e2f21412c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd40432f6c7174071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21c542c06654b67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27c3f8a537d749d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd916682e2f21412c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI China A UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQT3WG13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,584</x:t>
-[...522 lines deleted...]
-          <x:t>4,398</x:t>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>