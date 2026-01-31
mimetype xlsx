--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb308e0a095e441f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd592c4efecec4ec6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd916682e2f21412c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfca15339662d4fc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27c3f8a537d749d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd916682e2f21412c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb8b7994c37a4016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfca15339662d4fc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI China A UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQT3WG13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>