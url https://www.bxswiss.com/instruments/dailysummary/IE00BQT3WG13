--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd592c4efecec4ec6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcca6550cbcb44cbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfca15339662d4fc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c9813bcb5534c3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb8b7994c37a4016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfca15339662d4fc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41a474ef16c54a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c9813bcb5534c3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI China A UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQT3WG13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,579</x:t>
-[...436 lines deleted...]
-          <x:t>4,626</x:t>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,636</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>4,573</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>