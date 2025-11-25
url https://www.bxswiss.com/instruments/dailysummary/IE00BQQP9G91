--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a9d0a35bbcd4e1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a8d37b5eb434d67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b461b4f20d647c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eeb7833b2cb4583"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f3e8fcac8324d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b461b4f20d647c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree840a9ad86a465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eeb7833b2cb4583" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Junior Gold Miners UCITS Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQP9G91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>75,777</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>