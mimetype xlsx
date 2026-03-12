--- v1 (2025-11-25)
+++ v2 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a8d37b5eb434d67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c65f672e2e4450f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eeb7833b2cb4583"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R916cfda0dc384232"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree840a9ad86a465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eeb7833b2cb4583" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27714e82a8fc48a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R916cfda0dc384232" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Junior Gold Miners UCITS Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQP9G91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>71,360</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>