--- v0 (2025-10-11)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d62a04b15e4d92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra379ec80d168438a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1a3509e061c4f88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf88b97e2880746a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R914c4d5bd1324e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1a3509e061c4f88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf21953565acc41bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf88b97e2880746a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Vectors Gold Miners UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQP9F84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>