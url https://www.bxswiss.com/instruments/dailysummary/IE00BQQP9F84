--- v1 (2025-11-02)
+++ v2 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra379ec80d168438a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88ed4f4079814e4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf88b97e2880746a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6070d235b5a4deb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf21953565acc41bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf88b97e2880746a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a76267410ea4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6070d235b5a4deb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Vectors Gold Miners UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQP9F84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>64,624</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>