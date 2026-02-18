--- v2 (2026-01-29)
+++ v3 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88ed4f4079814e4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca3bbf33efb49a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6070d235b5a4deb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04bfcb3f82134785"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a76267410ea4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6070d235b5a4deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ab3e15022de4ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04bfcb3f82134785" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Vectors Gold Miners UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQP9F84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>