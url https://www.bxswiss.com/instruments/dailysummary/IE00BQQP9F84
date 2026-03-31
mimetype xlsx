--- v3 (2026-02-18)
+++ v4 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca3bbf33efb49a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R797b1097899e443d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04bfcb3f82134785"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae085b5716c2454f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ab3e15022de4ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04bfcb3f82134785" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45fb1fcc07514120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae085b5716c2454f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Vectors Gold Miners UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQP9F84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>90,284</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>