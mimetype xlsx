--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9590b88e92204a38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1291a87eacfe41de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red8e9fd5969b4e15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49e8ac42377343be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8efca8df61c14011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red8e9fd5969b4e15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fc5990cb32d4b90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49e8ac42377343be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQ3Q067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>13,088</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,133</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>13,004</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>