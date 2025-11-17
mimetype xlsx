--- v1 (2025-10-26)
+++ v2 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1291a87eacfe41de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R516acbf1530943c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49e8ac42377343be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fe76b0c3978440b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fc5990cb32d4b90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49e8ac42377343be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfce0d9490c294d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fe76b0c3978440b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQ3Q067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>13,196</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>13,223</x:t>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,285</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,147</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,163</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>13,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>