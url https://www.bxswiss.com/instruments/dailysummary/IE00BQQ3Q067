--- v2 (2025-11-17)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R516acbf1530943c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864fab226d474ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fe76b0c3978440b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484034f5633440f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfce0d9490c294d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fe76b0c3978440b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a7b9003a63d42b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484034f5633440f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQ3Q067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...333 lines deleted...]
-          <x:t>13,290</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,212</x:t>
-[...6 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>13,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,206</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>13,373</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,280</x:t>
-[...53 lines deleted...]
-          <x:t>13,225</x:t>
+          <x:t>13,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>