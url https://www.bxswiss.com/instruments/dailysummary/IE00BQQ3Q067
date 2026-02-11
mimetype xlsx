--- v3 (2025-12-31)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864fab226d474ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cfd64fe30ee447c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484034f5633440f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95da2371249f41ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a7b9003a63d42b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484034f5633440f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad62da9a5856442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95da2371249f41ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQ3Q067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>13,260</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>