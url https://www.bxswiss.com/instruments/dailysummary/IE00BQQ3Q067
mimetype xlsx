--- v4 (2026-02-11)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cfd64fe30ee447c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514f7f69fc1148ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95da2371249f41ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cd191f001cb4ce9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad62da9a5856442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95da2371249f41ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf146bfe423e64506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cd191f001cb4ce9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQ3Q067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>13,508</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,579</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>16.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,788</x:t>
+          <x:t>13,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,660</x:t>
-[...222 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>13,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,830</x:t>
-[...225 lines deleted...]
-          <x:t>13,849</x:t>
+          <x:t>13,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>