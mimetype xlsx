--- v0 (2025-10-12)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6542a89e45734ac2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7be74d1df46640f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37e77ebe520445cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5890eacd2f8f47b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re96964507e914cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37e77ebe520445cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc220c29b5ba43f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5890eacd2f8f47b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Value Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQN1K901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>9,987</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>