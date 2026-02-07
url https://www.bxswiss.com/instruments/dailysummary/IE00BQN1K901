--- v1 (2026-01-09)
+++ v2 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7be74d1df46640f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24c0fef555414b10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5890eacd2f8f47b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R148a261a6fa448a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc220c29b5ba43f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5890eacd2f8f47b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7260e5c73a014f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R148a261a6fa448a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Value Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQN1K901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>10,955</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>11,263</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>11,260</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>