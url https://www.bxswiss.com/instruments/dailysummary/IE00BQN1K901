--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24c0fef555414b10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9458452d4ba440f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R148a261a6fa448a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60e86606c7364a41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7260e5c73a014f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R148a261a6fa448a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b7b37d29043450d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60e86606c7364a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Value Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQN1K901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>11,263</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...354 lines deleted...]
-          <x:t>27.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,363</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,592</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>