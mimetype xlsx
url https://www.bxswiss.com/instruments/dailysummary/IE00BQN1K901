--- v3 (2026-02-27)
+++ v4 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9458452d4ba440f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3a00a1867394a27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60e86606c7364a41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree34ff60b8f44c5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b7b37d29043450d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60e86606c7364a41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3d3581ff5e64f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree34ff60b8f44c5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Value Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQN1K901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,612</x:t>
-[...495 lines deleted...]
-          <x:t>11,933</x:t>
+          <x:t>11,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>