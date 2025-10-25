--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R978392d23fb44d22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79cd706d3c8d4d97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3481d92923874acd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79c37d14b8b54c51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1a9326c519c4c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3481d92923874acd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R547740df3cde4493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79c37d14b8b54c51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Momentum Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQN1K786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>12,680</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,736</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>12,884</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,816</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>13,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>