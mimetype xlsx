--- v0 (2025-10-25)
+++ v1 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94d92a75a4424088" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15cdd6adae7e4c85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78da006214c94089"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R763023ceae994a11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb090295b89384ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78da006214c94089" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15869ca4b2aa45bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R763023ceae994a11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Quality Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQN1K562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>10,238</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>