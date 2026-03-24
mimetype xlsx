--- v1 (2026-02-12)
+++ v2 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15cdd6adae7e4c85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dc1a7cc1bdc47bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R763023ceae994a11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49de14d2614245f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15869ca4b2aa45bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R763023ceae994a11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re82f7a5364b949d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49de14d2614245f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Quality Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQN1K562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>10,697</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,631</x:t>
-[...65 lines deleted...]
-          <x:t>16.01.2026</x:t>
+          <x:t>10,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,749</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>10,576</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,552</x:t>
-[...431 lines deleted...]
-          <x:t>10,524</x:t>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>