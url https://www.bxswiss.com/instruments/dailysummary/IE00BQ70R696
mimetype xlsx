--- v0 (2025-10-08)
+++ v1 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f2f0982543f4c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R781e7f17f9f74326" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32f0cbe66dba4082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf69fdc6740a24c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5392f72d5b44f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32f0cbe66dba4082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd1e7f5b128a4850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf69fdc6740a24c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ Biotech UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQ70R696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>42,907</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>