--- v1 (2025-12-24)
+++ v2 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R781e7f17f9f74326" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re431117bfb704bfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf69fdc6740a24c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1df3ec10fcc54e22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd1e7f5b128a4850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf69fdc6740a24c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57c5e8cf3f104bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1df3ec10fcc54e22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ Biotech UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQ70R696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>47,998</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,196</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,715</x:t>
-[...171 lines deleted...]
-          <x:t>47,795</x:t>
+          <x:t>47,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>