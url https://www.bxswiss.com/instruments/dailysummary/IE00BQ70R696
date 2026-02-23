--- v2 (2026-01-13)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re431117bfb704bfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R506491b4e0da45c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1df3ec10fcc54e22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa64066ab5f247c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57c5e8cf3f104bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1df3ec10fcc54e22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R182e633be4a342cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa64066ab5f247c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ Biotech UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQ70R696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,548</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>48,294</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,795</x:t>
-[...215 lines deleted...]
-          <x:t>47,680</x:t>
+          <x:t>47,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>