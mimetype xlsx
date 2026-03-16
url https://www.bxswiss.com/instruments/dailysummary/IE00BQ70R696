--- v3 (2026-02-23)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R506491b4e0da45c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01316663e364690" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa64066ab5f247c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R222815ee74394097"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R182e633be4a342cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa64066ab5f247c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdcd1a4d14c7400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R222815ee74394097" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ Biotech UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQ70R696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>