--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R511eee21a6734e45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R801d51fa57e94407" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b15ad2d3ca54a18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd72422fc35e425a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R998185e609bc4ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b15ad2d3ca54a18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6705853137564c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd72422fc35e425a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO ETFs - Euro Low Duration Corporate Bond UCITS ETF Dist.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP9F2J32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>95,574</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...289 lines deleted...]
-          <x:t>95,793</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>