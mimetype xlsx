--- v1 (2025-11-01)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R801d51fa57e94407" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a4988ec035147a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd72422fc35e425a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56dc12ea90544dea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6705853137564c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd72422fc35e425a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5508426a3b714b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56dc12ea90544dea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO ETFs - Euro Low Duration Corporate Bond UCITS ETF Dist.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP9F2J32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>96,458</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,123</x:t>
-[...411 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>94,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,337</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>95,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>