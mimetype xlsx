--- v2 (2025-12-31)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a4988ec035147a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8be48e96bc784e7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56dc12ea90544dea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b336f654c3f455a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5508426a3b714b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56dc12ea90544dea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ea7334db7e64bc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b336f654c3f455a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO ETFs - Euro Low Duration Corporate Bond UCITS ETF Dist.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP9F2J32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>95,004</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>