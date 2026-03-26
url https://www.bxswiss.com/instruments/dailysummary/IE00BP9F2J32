--- v3 (2026-02-13)
+++ v4 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8be48e96bc784e7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a184cb4c4be4b4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b336f654c3f455a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5097d24422784a1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,731 +91,704 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ea7334db7e64bc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b336f654c3f455a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8716b558f6f34a3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5097d24422784a1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>PIMCO ETFs - Euro Low Duration Corporate Bond UCITS ETF Dist.</x:t>
+          <x:t>PIMCO ETFs - Euro Low Duration Corporate Bond UCITS ETF Dist.  (actively managed ETF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP9F2J32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...431 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,811</x:t>
-[...198 lines deleted...]
-          <x:t>94,059</x:t>
+          <x:t>94,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>