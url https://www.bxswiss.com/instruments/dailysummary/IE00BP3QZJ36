--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff1150b1f4c4f08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7303d6e99d6b47d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1392cce1fcfb47eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d04a52073cd4860"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dc90ef720a642a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1392cce1fcfb47eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6950956322c54d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d04a52073cd4860" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI France UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZJ36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>