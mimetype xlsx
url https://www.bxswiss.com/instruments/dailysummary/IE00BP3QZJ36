--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7303d6e99d6b47d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56853a76984e4ccc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d04a52073cd4860"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a1117bf3f34123"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6950956322c54d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d04a52073cd4860" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08155b769c3748c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a1117bf3f34123" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI France UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZJ36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>56,143</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,300</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>21.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,187</x:t>
-[...31 lines deleted...]
-          <x:t>57,699</x:t>
+          <x:t>57,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,744</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>57,942</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>