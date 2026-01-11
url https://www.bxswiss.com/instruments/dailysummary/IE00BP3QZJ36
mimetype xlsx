--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56853a76984e4ccc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c211fb5fe04876" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a1117bf3f34123"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b66a991a38045cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08155b769c3748c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a1117bf3f34123" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fadc8bf369d4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b66a991a38045cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI France UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZJ36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>57,819</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,597</x:t>
-[...11 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>58,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,953</x:t>
-[...414 lines deleted...]
-          <x:t>58,199</x:t>
+          <x:t>57,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>