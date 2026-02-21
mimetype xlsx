--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c211fb5fe04876" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57a9da52a8664859" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b66a991a38045cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc8cb5b2f7344fdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fadc8bf369d4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b66a991a38045cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98a697a9f7a44a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc8cb5b2f7344fdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI France UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZJ36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>58,091</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,656</x:t>
-[...313 lines deleted...]
-          <x:t>58,865</x:t>
+          <x:t>58,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,453</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>59,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>