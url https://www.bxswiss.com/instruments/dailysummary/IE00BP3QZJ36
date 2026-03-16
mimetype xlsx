--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57a9da52a8664859" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R603d1a4c7fec41be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc8cb5b2f7344fdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb83e9886f0a42c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98a697a9f7a44a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc8cb5b2f7344fdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re264688509f54ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb83e9886f0a42c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI France UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZJ36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>