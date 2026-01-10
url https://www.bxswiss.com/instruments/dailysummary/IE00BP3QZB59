--- v0 (2025-10-14)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ffd6c45b30143a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea6ced59d3c494f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca81f57b3edf48fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d2aed0b78f74430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6153e8ff9965425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca81f57b3edf48fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R103d49092f1748d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d2aed0b78f74430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Value Factor UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZB59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>43,437</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>