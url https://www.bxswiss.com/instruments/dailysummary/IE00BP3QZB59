--- v1 (2026-01-10)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea6ced59d3c494f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275165d2c8ae4272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d2aed0b78f74430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10eaf260f9104cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R103d49092f1748d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d2aed0b78f74430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5218772d802f410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10eaf260f9104cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Value Factor UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZB59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>