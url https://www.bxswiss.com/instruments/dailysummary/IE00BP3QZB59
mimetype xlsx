--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275165d2c8ae4272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re297f4ca1f7c41fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10eaf260f9104cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb023f25772084d54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5218772d802f410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10eaf260f9104cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5c6666f3b1242ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb023f25772084d54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Value Factor UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZB59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>49,275</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,267</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>49,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>