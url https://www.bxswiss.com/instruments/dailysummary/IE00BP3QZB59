--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re297f4ca1f7c41fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22076cf3db994d90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb023f25772084d54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re30f31694a794301"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5c6666f3b1242ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb023f25772084d54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdca8f1151e649db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re30f31694a794301" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Value Factor UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZB59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,228</x:t>
-[...16 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>49,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,310</x:t>
-[...468 lines deleted...]
-          <x:t>51,462</x:t>
+          <x:t>49,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>