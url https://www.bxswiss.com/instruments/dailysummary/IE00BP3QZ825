--- v0 (2025-10-08)
+++ v1 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96f93b56c3ba4ce5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e73bf6cf50c4a33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e5f263bd6764999"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdce762e4a48d414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b1cbf1eaaf1456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e5f263bd6764999" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b30e59d316e40ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdce762e4a48d414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Momentum Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZ825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>76,074</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>75,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>75,854</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,029</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>76,258</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>