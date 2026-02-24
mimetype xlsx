--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e73bf6cf50c4a33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2606704bc44452e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdce762e4a48d414a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6329e76cdb4b4ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b30e59d316e40ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdce762e4a48d414a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a8d6ed5ddf2494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6329e76cdb4b4ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Momentum Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZ825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>75,854</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,729</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>77,697</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>