--- v2 (2026-02-24)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2606704bc44452e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c3a40c9bf1a4d2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6329e76cdb4b4ca5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55b7ad1b30544cf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a8d6ed5ddf2494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6329e76cdb4b4ca5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5af5fa7b3403457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55b7ad1b30544cf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Momentum Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZ825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,811</x:t>
-[...333 lines deleted...]
-          <x:t>77,996</x:t>
+          <x:t>75,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>