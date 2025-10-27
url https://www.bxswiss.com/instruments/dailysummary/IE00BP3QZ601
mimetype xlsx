--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058cf14137b34cee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02796f7348bf4020" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aca585c2ddb4a02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a37ef57391848ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878357dc2b7f4dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aca585c2ddb4a02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra94d48160eb04028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a37ef57391848ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Quality Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZ601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,149 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>60,856</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,298</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,906</x:t>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>