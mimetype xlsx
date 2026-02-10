--- v1 (2025-10-27)
+++ v2 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02796f7348bf4020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dfe7c34b10f4a5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a37ef57391848ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34d8594023964ee8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra94d48160eb04028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a37ef57391848ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712cdc6176f2457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34d8594023964ee8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Quality Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZ601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>62,282</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>