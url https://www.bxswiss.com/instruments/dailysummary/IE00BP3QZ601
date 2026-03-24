--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dfe7c34b10f4a5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabec97b16cbf4d15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34d8594023964ee8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3889fbbc5a6c4897"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712cdc6176f2457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34d8594023964ee8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70ac60b562b141a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3889fbbc5a6c4897" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Quality Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZ601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>64,240</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,622</x:t>
-[...188 lines deleted...]
-          <x:t>63,052</x:t>
+          <x:t>64,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>63,985</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>