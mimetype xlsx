--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b5ddd99519d49f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f7e7ca759714348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R539fdeb97cb246a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dbec01473174028"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R140c942a93c847e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R539fdeb97cb246a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd696dc8bbc844474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dbec01473174028" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNRQM384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>