--- v1 (2025-10-31)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f7e7ca759714348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4049f1a477b48a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dbec01473174028"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f40b0dc7fe41a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd696dc8bbc844474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dbec01473174028" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a479cec49344644" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f40b0dc7fe41a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNRQM384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,118</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>65,062</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>