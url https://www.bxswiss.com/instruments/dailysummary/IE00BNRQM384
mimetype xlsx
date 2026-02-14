--- v2 (2026-01-02)
+++ v3 (2026-02-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4049f1a477b48a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c21bc4b2e24d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f40b0dc7fe41a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc29833d07b654087"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a479cec49344644" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f40b0dc7fe41a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68232b80739f477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc29833d07b654087" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNRQM384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>63,092</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>