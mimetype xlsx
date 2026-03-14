--- v3 (2026-02-14)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c21bc4b2e24d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd75db6089e8e452a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc29833d07b654087"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec083ebd2fc44db3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68232b80739f477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc29833d07b654087" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7463610455054be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec083ebd2fc44db3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNRQM384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>63,061</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,952</x:t>
-[...156 lines deleted...]
-          <x:t>60,172</x:t>
+          <x:t>59,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,597</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>59,620</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>