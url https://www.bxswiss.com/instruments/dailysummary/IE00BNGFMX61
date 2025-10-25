--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e30c978b524d91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1da325a2d7f2475e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97984b39613c451c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R808b165abc8346fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0f7083c93ff48d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97984b39613c451c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c5a46838882472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R808b165abc8346fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fidelity Sustainable Research Enhanced Japan Equity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNGFMX61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,288</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,220</x:t>
-[...151 lines deleted...]
-          <x:t>5,385</x:t>
+          <x:t>5,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,358</x:t>
-[...463 lines deleted...]
-          <x:t>5,445</x:t>
+          <x:t>5,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>