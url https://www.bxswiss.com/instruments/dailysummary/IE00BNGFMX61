--- v1 (2025-10-25)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1da325a2d7f2475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d5e0ca8c7514312" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R808b165abc8346fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0951ec915c464835"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c5a46838882472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R808b165abc8346fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc8369968434997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0951ec915c464835" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fidelity Sustainable Research Enhanced Japan Equity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNGFMX61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>5,601</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,518</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>5,444</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.10.2025</x:t>
-[...203 lines deleted...]
-          <x:t>5,461</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>5,467</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,452</x:t>
-[...31 lines deleted...]
-          <x:t>5,491</x:t>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>