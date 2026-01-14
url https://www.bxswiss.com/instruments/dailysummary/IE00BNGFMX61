--- v2 (2025-12-25)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d5e0ca8c7514312" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R638718d8ab3f403f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0951ec915c464835"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6bb46ca83a14ec9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc8369968434997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0951ec915c464835" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f78bd3f5881437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6bb46ca83a14ec9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fidelity Sustainable Research Enhanced Japan Equity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNGFMX61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>5,439</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,499</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>5,543</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>5,538</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>5,667</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,637</x:t>
-[...161 lines deleted...]
-          <x:t>5,555</x:t>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>