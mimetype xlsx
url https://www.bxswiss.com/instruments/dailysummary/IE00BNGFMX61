--- v3 (2026-01-14)
+++ v4 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R638718d8ab3f403f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf17b1038710a461e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6bb46ca83a14ec9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4102b11e5884bf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f78bd3f5881437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6bb46ca83a14ec9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R503d1af9a0814f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4102b11e5884bf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fidelity Sustainable Research Enhanced Japan Equity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNGFMX61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>5,679</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,608</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,737</x:t>
-[...4 lines deleted...]
-          <x:t>5,695</x:t>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...100 lines deleted...]
-          <x:t>5,846</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>