--- v4 (2026-02-07)
+++ v5 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf17b1038710a461e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66a86ccdcd38407a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4102b11e5884bf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b5a36d9f30c4e79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,731 +91,731 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R503d1af9a0814f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4102b11e5884bf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf99e1344832d49ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b5a36d9f30c4e79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Fidelity Sustainable Research Enhanced Japan Equity UCITS ETF</x:t>
+          <x:t>Fidelity Sustainable Research Enhanced Japan Equity UCITS ETF  (actively managed ETF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNGFMX61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,737</x:t>
-[...603 lines deleted...]
-          <x:t>5,862</x:t>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>