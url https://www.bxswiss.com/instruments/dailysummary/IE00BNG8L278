--- v0 (2025-10-16)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd158aab625bf4e3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc33468fd8d4f11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94a72feab62e45b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ac0d8cf8ad3476a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bad020e739d4d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94a72feab62e45b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f4cc3c49150492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ac0d8cf8ad3476a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard ESG Global All Cap UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNG8L278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,977</x:t>
-[...264 lines deleted...]
-          <x:t>5,976</x:t>
+          <x:t>5,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,016</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>5,966</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,956</x:t>
-[...97 lines deleted...]
-          <x:t>6,090</x:t>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,113</x:t>
-        </x:is>
-[...170 lines deleted...]
-          <x:t>6,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>