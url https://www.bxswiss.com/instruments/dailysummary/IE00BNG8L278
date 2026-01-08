--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc33468fd8d4f11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd6309d999f44e3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ac0d8cf8ad3476a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57e0e66f04154661"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f4cc3c49150492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ac0d8cf8ad3476a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dec486d24f34ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57e0e66f04154661" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard ESG Global All Cap UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNG8L278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>6,187</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>28.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,202</x:t>
-[...31 lines deleted...]
-          <x:t>6,208</x:t>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,218</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>6,113</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>