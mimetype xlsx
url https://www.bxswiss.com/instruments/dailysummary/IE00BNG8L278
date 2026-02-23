--- v2 (2026-01-08)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd6309d999f44e3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f2a2e0a67a47de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57e0e66f04154661"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1160133fb8e1492d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dec486d24f34ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57e0e66f04154661" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386c296591e14591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1160133fb8e1492d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard ESG Global All Cap UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNG8L278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>6,251</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,238</x:t>
-[...404 lines deleted...]
-          <x:t>6,327</x:t>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>