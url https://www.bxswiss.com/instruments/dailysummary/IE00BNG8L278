--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f2a2e0a67a47de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa163ea0a53f4d3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1160133fb8e1492d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c96d1ac8ba4c26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386c296591e14591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1160133fb8e1492d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5457b4e0d8b64b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c96d1ac8ba4c26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard ESG Global All Cap UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNG8L278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>6,217</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,211</x:t>
-[...43 lines deleted...]
-          <x:t>6,222</x:t>
+          <x:t>6,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,201</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>6,215</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>30.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,166</x:t>
-[...134 lines deleted...]
-          <x:t>6,155</x:t>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,148</x:t>
-[...269 lines deleted...]
-          <x:t>6,192</x:t>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>