--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5273faad44bc4bb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c4beb8a381b47b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdcbb936de574cec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7427d6793f5444f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a99dad9a534511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdcbb936de574cec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0283c24d031c4c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7427d6793f5444f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson EUR IG Bond Paris-aligned Climate Core UCITS ETF (EUR) - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BN4GXL63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>9,815</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,808</x:t>
-[...11 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,905</x:t>
-[...21 lines deleted...]
-          <x:t>9,855</x:t>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,855</x:t>
-[...16 lines deleted...]
-          <x:t>9,851</x:t>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,850</x:t>
-[...16 lines deleted...]
-          <x:t>9,860</x:t>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,878</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>9,849</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,847</x:t>
-[...409 lines deleted...]
-          <x:t>9,881</x:t>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>