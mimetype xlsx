--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c4beb8a381b47b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R779e7dd63c8048e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7427d6793f5444f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2d47d241d9e48be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0283c24d031c4c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7427d6793f5444f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b64b7009204174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2d47d241d9e48be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson EUR IG Bond Paris-aligned Climate Core UCITS ETF (EUR) - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BN4GXL63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,838</x:t>
-[...43 lines deleted...]
-          <x:t>9,835</x:t>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,834</x:t>
-[...80 lines deleted...]
-          <x:t>9,829</x:t>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,871</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,883</x:t>
-[...441 lines deleted...]
-          <x:t>9,921</x:t>
+          <x:t>9,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>