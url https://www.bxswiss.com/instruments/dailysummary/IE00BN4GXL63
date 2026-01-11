--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R779e7dd63c8048e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50534c35cb884a2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2d47d241d9e48be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0240f50baf90461c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b64b7009204174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2d47d241d9e48be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12c7961b817345a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0240f50baf90461c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson EUR IG Bond Paris-aligned Climate Core UCITS ETF (EUR) - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BN4GXL63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>9,889</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,864</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,879</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>9,852</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>