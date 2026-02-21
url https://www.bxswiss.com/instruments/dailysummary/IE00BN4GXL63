--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50534c35cb884a2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb8f417dde924c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0240f50baf90461c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3310e213fcd4490f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12c7961b817345a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0240f50baf90461c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0efcbe6ab2a42e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3310e213fcd4490f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson EUR IG Bond Paris-aligned Climate Core UCITS ETF (EUR) - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BN4GXL63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>9,863</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,807</x:t>
-[...97 lines deleted...]
-          <x:t>9,887</x:t>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,868</x:t>
-[...161 lines deleted...]
-          <x:t>9,879</x:t>
+          <x:t>9,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>