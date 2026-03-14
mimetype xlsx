--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb8f417dde924c37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1431db31a2f04cb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3310e213fcd4490f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d36d57c5a84fb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0efcbe6ab2a42e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3310e213fcd4490f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref6c4166618d4341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d36d57c5a84fb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson EUR IG Bond Paris-aligned Climate Core UCITS ETF (EUR) - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BN4GXL63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,923</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>9,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,950</x:t>
-[...119 lines deleted...]
-          <x:t>9,958</x:t>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,938</x:t>
-[...301 lines deleted...]
-          <x:t>9,986</x:t>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>