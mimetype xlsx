--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c2662956e1544ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d0a5a18da54e71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484ece2b82ba4336"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1130a42e8b047c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bc28f474cb24a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484ece2b82ba4336" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd47f9f109de247c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1130a42e8b047c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF CHF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMZ17V16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>6,973</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,014</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>6,918</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>6,984</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,005</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>6,916</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>7,066</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>7,117</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,139</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>7,117</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,154</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>7,154</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,101</x:t>
-[...85 lines deleted...]
-          <x:t>7,003</x:t>
+          <x:t>7,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>