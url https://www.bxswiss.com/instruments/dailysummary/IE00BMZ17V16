--- v1 (2025-11-01)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d0a5a18da54e71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bfd92d965fd4a03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1130a42e8b047c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5bfab5384f84c2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd47f9f109de247c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1130a42e8b047c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aaff4d63e0d4bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5bfab5384f84c2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF CHF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMZ17V16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>7,066</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,066</x:t>
-[...80 lines deleted...]
-          <x:t>7,101</x:t>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,146</x:t>
-[...193 lines deleted...]
-          <x:t>7,059</x:t>
+          <x:t>7,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,124</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>7,120</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,096</x:t>
-[...220 lines deleted...]
-          <x:t>7,147</x:t>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>