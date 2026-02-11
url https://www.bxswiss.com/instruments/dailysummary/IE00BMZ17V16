--- v2 (2025-12-31)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bfd92d965fd4a03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66669e8616c3409e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5bfab5384f84c2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d5981ced57e4c30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aaff4d63e0d4bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5bfab5384f84c2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R263e1a983ed14bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d5981ced57e4c30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF CHF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMZ17V16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>7,161</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,142</x:t>
-[...48 lines deleted...]
-          <x:t>7,184</x:t>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,174</x:t>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>