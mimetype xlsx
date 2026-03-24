--- v3 (2026-02-11)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66669e8616c3409e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d0d8804f5e4795" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d5981ced57e4c30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb231f97369b4430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R263e1a983ed14bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d5981ced57e4c30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f04f7dc62748ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb231f97369b4430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF CHF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMZ17V16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>7,371</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,311</x:t>
-[...178 lines deleted...]
-          <x:t>7,264</x:t>
+          <x:t>7,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,188</x:t>
-[...102 lines deleted...]
-          <x:t>7,372</x:t>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,279</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>7,357</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>