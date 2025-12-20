--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e43a6a59c694b0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cf87fe298e34308" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb25c77df50a942c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d30707c05a4373"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09fc00ed1b4340db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb25c77df50a942c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcde2ed7cf3cf48bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d30707c05a4373" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF GBP Hedged (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMZ17T93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,533 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...75 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,174</x:t>
-[...414 lines deleted...]
-          <x:t>7,873</x:t>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>