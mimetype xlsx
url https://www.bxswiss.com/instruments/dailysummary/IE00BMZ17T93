--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cf87fe298e34308" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152b9d089e7043f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d30707c05a4373"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a7f17e09da94377"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcde2ed7cf3cf48bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d30707c05a4373" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f6ca63c674641b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a7f17e09da94377" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF GBP Hedged (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMZ17T93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,096</x:t>
-[...70 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,138</x:t>
-[...31 lines deleted...]
-          <x:t>8,065</x:t>
+          <x:t>8,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>