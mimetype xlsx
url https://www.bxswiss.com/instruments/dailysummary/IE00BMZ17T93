--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152b9d089e7043f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa999a4047f143dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a7f17e09da94377"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63502575dffb4703"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f6ca63c674641b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a7f17e09da94377" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dc3179e05fd4e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63502575dffb4703" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF GBP Hedged (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMZ17T93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>8,175</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,175</x:t>
-[...70 lines deleted...]
-          <x:t>8,347</x:t>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,391</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>8,389</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>