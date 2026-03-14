--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa999a4047f143dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc0b02ce70534dc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63502575dffb4703"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R711cc2ad0e134546"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dc3179e05fd4e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63502575dffb4703" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc161d8c95fa744c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R711cc2ad0e134546" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF GBP Hedged (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMZ17T93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,320</x:t>
-[...323 lines deleted...]
-          <x:t>8,319</x:t>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,216</x:t>
-[...296 lines deleted...]
-          <x:t>8,423</x:t>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>