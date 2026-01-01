--- v0 (2025-10-12)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f19811f990b4d93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e34212921454057" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01ccc738bde94af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda88a3d48bc04620"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e91d105e812419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01ccc738bde94af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R163b15e4a6ff4936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda88a3d48bc04620" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Hydrogen Economy UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMYDM794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,031</x:t>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,892</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>5,107</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>