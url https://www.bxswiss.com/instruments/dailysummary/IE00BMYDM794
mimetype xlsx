--- v1 (2026-01-01)
+++ v2 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e34212921454057" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19239e9a9ed54494" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda88a3d48bc04620"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ada1ddbebd4570"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R163b15e4a6ff4936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda88a3d48bc04620" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88decec5e4ab41a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ada1ddbebd4570" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Hydrogen Economy UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMYDM794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>4,887</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>