--- v2 (2026-02-18)
+++ v3 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19239e9a9ed54494" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf58886c54f384d89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ada1ddbebd4570"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4c4b963d4a74765"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88decec5e4ab41a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ada1ddbebd4570" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R464ca8ff839d49e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4c4b963d4a74765" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Hydrogen Economy UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMYDM794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,534</x:t>
-[...576 lines deleted...]
-          <x:t>5,758</x:t>
+          <x:t>5,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>