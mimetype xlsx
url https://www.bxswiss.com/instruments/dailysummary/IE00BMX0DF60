--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60783033ad9c4763" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e77676018e44ea0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51b5c85e6fde423d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21e6bda8966f497b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc85435409e304943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51b5c85e6fde423d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc6a01b11eb44f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21e6bda8966f497b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V US Medical Devices UCITS ETF USD (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMX0DF60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>6,888</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>