--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e77676018e44ea0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4031e7e92b0941f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21e6bda8966f497b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02d9f81e9ad84a2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc6a01b11eb44f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21e6bda8966f497b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39d66fc25ce444f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02d9f81e9ad84a2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V US Medical Devices UCITS ETF USD (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMX0DF60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>6,647</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,538</x:t>
-[...210 lines deleted...]
-          <x:t>6,257</x:t>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>6,425</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>