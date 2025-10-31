--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514429adaa4941ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R589ee117061b4e15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf9d48686b6c4d16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7867189e207b40f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbee45143e95f4609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf9d48686b6c4d16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ad7cb6389a34553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7867189e207b40f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson HMT Global IG Credit Curve Steepener Core UCITS ETF (EUR) - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMQ5Y557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>111,337</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>111,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>111,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,462</x:t>
-[...43 lines deleted...]
-          <x:t>111,728</x:t>
+          <x:t>111,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,858</x:t>
-        </x:is>
-[...197 lines deleted...]
-          <x:t>111,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>