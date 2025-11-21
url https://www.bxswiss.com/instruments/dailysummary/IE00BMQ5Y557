--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R589ee117061b4e15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f77a15ef2b94562" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7867189e207b40f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3265a3fad2b4d73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ad7cb6389a34553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7867189e207b40f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra758be1ffbe64b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3265a3fad2b4d73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson HMT Global IG Credit Curve Steepener Core UCITS ETF (EUR) - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMQ5Y557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,581 +149,176 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>111,576</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,582</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,782</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>