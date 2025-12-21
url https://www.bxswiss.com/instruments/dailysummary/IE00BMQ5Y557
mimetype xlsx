--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f77a15ef2b94562" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b4f202d9a0448b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3265a3fad2b4d73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27b598dc1c934747"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra758be1ffbe64b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3265a3fad2b4d73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc68a89e2e6294e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27b598dc1c934747" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson HMT Global IG Credit Curve Steepener Core UCITS ETF (EUR) - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMQ5Y557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,865</x:t>
-[...16 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,901</x:t>
-[...269 lines deleted...]
-          <x:t>111,900</x:t>
+          <x:t>112,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,885</x:t>
-[...161 lines deleted...]
-          <x:t>112,002</x:t>
+          <x:t>112,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>