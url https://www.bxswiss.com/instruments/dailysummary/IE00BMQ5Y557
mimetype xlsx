--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b4f202d9a0448b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d7e6f3bb5d4234" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27b598dc1c934747"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71048393625f401e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc68a89e2e6294e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27b598dc1c934747" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f7b022838e54b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71048393625f401e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson HMT Global IG Credit Curve Steepener Core UCITS ETF (EUR) - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMQ5Y557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,015</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,565</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,028</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>03.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,498</x:t>
-[...4 lines deleted...]
-          <x:t>111,383</x:t>
+          <x:t>112,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...155 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>