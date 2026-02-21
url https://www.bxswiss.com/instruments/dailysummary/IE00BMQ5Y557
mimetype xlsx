--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d7e6f3bb5d4234" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a7362299984443b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71048393625f401e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00fae978b3af40da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f7b022838e54b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71048393625f401e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b319f4e7854b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00fae978b3af40da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson HMT Global IG Credit Curve Steepener Core UCITS ETF (EUR) - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMQ5Y557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>111,947</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>112,345</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>