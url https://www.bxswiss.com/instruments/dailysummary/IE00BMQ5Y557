--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a7362299984443b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a614cfd673c4473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00fae978b3af40da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R682ee8c0f8434793"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b319f4e7854b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00fae978b3af40da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R905ff6a3eb764c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R682ee8c0f8434793" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson HMT Global IG Credit Curve Steepener Core UCITS ETF (EUR) - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMQ5Y557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>111,548</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,388</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>112,212</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...134 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,470</x:t>
-[...117 lines deleted...]
-          <x:t>112,574</x:t>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>