--- v0 (2025-11-21)
+++ v1 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55bdc39566664b40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fcd88abb028482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5569ecad87ed431e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04688f6e34e94951"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60afd639bf7e4f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5569ecad87ed431e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R107ee467c075421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04688f6e34e94951" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI United Kingdom IMI Socially Responsible UCITS ETF (GBP) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMP3HN93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>19,495</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>