--- v1 (2026-02-11)
+++ v2 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fcd88abb028482f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09b4018632e44483" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04688f6e34e94951"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01b91ea4a0744c28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R107ee467c075421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04688f6e34e94951" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recbe99041eca4f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01b91ea4a0744c28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI United Kingdom IMI Socially Responsible UCITS ETF (GBP) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMP3HN93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,876</x:t>
-[...279 lines deleted...]
-          <x:t>20,350</x:t>
+          <x:t>20,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>