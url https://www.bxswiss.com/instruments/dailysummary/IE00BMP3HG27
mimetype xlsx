--- v0 (2025-10-28)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eeb03e7568146dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5f54e2811844718" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re22901401dbf4fb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5933cc87d41a48e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf650b16541df4518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re22901401dbf4fb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bef8da5dff44dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5933cc87d41a48e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - S&amp;P Dividend Aristocrats ESG Elite UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMP3HG27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>9,049</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,018</x:t>
-[...43 lines deleted...]
-          <x:t>9,071</x:t>
+          <x:t>9,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,021</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>9,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,014</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>9,067</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,121</x:t>
-        </x:is>
-[...219 lines deleted...]
-          <x:t>9,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>