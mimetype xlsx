--- v1 (2025-11-20)
+++ v2 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5f54e2811844718" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3b646c536d1474d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5933cc87d41a48e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e2055945f554704"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bef8da5dff44dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5933cc87d41a48e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra89e5dddbec0419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e2055945f554704" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - S&amp;P Dividend Aristocrats ESG Elite UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMP3HG27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>9,121</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>