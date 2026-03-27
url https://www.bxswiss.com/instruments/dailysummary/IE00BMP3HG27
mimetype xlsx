--- v2 (2026-02-13)
+++ v3 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3b646c536d1474d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3243a419867d407a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e2055945f554704"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7795d866912465f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra89e5dddbec0419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e2055945f554704" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6775609c8d084b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7795d866912465f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - S&amp;P Dividend Aristocrats ESG Elite UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMP3HG27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>9,732</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,814</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>27.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,688</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>9,716</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,637</x:t>
-[...323 lines deleted...]
-          <x:t>9,951</x:t>
+          <x:t>9,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>