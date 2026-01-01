--- v0 (2025-10-12)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc986c8edff874179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7820f76ec474334" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba2cbf1067b64655"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96b8e938b376414c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ee07c75b234a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba2cbf1067b64655" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5b492b7a1444b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96b8e938b376414c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Autonomous &amp; Electric Vehicles UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YR69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,857</x:t>
-[...36 lines deleted...]
-          <x:t>11,354</x:t>
+          <x:t>11,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>