--- v1 (2026-01-01)
+++ v2 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7820f76ec474334" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4e376de34a04a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96b8e938b376414c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddd457f3d8d94149"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5b492b7a1444b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96b8e938b376414c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ee17cbd5e1640bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddd457f3d8d94149" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Autonomous &amp; Electric Vehicles UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YR69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>12,041</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,925</x:t>
-[...220 lines deleted...]
-          <x:t>11,932</x:t>
+          <x:t>12,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>