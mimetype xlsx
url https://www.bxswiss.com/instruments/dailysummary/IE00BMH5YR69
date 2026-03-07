--- v2 (2026-02-12)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4e376de34a04a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e43201f86e74249" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddd457f3d8d94149"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R371980822f2d4193"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ee17cbd5e1640bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddd457f3d8d94149" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54d811b00bd247ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R371980822f2d4193" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Autonomous &amp; Electric Vehicles UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YR69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>12,811</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,594</x:t>
-[...21 lines deleted...]
-          <x:t>13,273</x:t>
+          <x:t>12,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,890</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-          <x:t>02.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,349</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>05.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,655</x:t>
-[...117 lines deleted...]
-          <x:t>12,885</x:t>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>