--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e43201f86e74249" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50aefa14ea4c416e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R371980822f2d4193"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7a35f7b8a484493"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54d811b00bd247ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R371980822f2d4193" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a535edc8c054261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7a35f7b8a484493" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Autonomous &amp; Electric Vehicles UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YR69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...53 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,655</x:t>
-[...178 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,745</x:t>
-[...31 lines deleted...]
-          <x:t>12,124</x:t>
+          <x:t>12,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,701</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>11,956</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>