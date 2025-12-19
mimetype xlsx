--- v0 (2025-10-07)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc62db33d1f514dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e12300493b949fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97519eee8fd146ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaf19b75d1554eab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15a95bf98a73480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97519eee8fd146ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra53e87855252423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaf19b75d1554eab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X CleanTech UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YL08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>6,569</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>