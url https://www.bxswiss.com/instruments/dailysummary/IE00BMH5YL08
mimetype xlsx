--- v1 (2025-12-19)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e12300493b949fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7548cd5026748d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaf19b75d1554eab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a10021f39be4ffb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra53e87855252423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaf19b75d1554eab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfdb707630454f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a10021f39be4ffb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X CleanTech UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YL08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,331</x:t>
-[...495 lines deleted...]
-          <x:t>6,473</x:t>
+          <x:t>6,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>