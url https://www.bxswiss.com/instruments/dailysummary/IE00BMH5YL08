--- v2 (2026-01-10)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7548cd5026748d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R812034c5454b41bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a10021f39be4ffb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R944a13a707f54029"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfdb707630454f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a10021f39be4ffb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74ad4aba4c4746b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R944a13a707f54029" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X CleanTech UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YL08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>