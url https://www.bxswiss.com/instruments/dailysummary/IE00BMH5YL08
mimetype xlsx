--- v3 (2026-01-31)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R812034c5454b41bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc23685c644524fc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R944a13a707f54029"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c7803b5b903427d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74ad4aba4c4746b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R944a13a707f54029" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbf56dde38184e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c7803b5b903427d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X CleanTech UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YL08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,753</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>7,061</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,935</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>7,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>7,158</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>