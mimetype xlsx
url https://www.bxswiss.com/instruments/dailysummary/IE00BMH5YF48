--- v0 (2025-10-16)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra482e5172a404f5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75be95b340cf4cb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d6832022394791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9058cbf139ce414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2df60af2df40ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d6832022394791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5326e245d2e547b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9058cbf139ce414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Cloud Computing UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YF48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>9,217</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,190</x:t>
-[...65 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>9,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,296</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>9,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,300</x:t>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,291</x:t>
-[...134 lines deleted...]
-          <x:t>9,175</x:t>
+          <x:t>9,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>