--- v1 (2025-11-25)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75be95b340cf4cb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86cdb144df2f4a2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9058cbf139ce414a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e85ee0b7b404301"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5326e245d2e547b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9058cbf139ce414a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad5252d919ce485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e85ee0b7b404301" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Cloud Computing UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YF48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>8,947</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>