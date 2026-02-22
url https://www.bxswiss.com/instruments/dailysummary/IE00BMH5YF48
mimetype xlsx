--- v2 (2026-02-01)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86cdb144df2f4a2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b42bf8961b46f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e85ee0b7b404301"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634b1a5c5f054e1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad5252d919ce485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e85ee0b7b404301" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re68f318a383645b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634b1a5c5f054e1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Cloud Computing UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YF48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,419 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>8,113</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,186</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,318</x:t>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>