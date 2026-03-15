--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b42bf8961b46f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7f6991b29b7477a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634b1a5c5f054e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddf89756600d46cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re68f318a383645b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634b1a5c5f054e1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a6ca31f9ca742e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddf89756600d46cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Cloud Computing UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YF48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>7,959</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,463</x:t>
-[...75 lines deleted...]
-          <x:t>7,199</x:t>
+          <x:t>7,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,311</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>7,370</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>