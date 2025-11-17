--- v0 (2025-10-28)
+++ v1 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfef3c36bd4264327" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb03de78e0a4782" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17dffa6e37784e0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc51f944d0d3b4398"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R860e0def370d40a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17dffa6e37784e0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf3e29e4bc3f4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc51f944d0d3b4398" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Cybersecurity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5Y871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,427</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>12,731</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,599</x:t>
-[...168 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>12,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,390</x:t>
-[...58 lines deleted...]
-          <x:t>11,777</x:t>
+          <x:t>12,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>12,570</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>