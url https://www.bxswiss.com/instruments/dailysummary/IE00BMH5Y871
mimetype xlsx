--- v1 (2025-11-17)
+++ v2 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb03de78e0a4782" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra651de2ea6084332" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc51f944d0d3b4398"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54832c3d16094e85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf3e29e4bc3f4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc51f944d0d3b4398" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d0c21be8434cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54832c3d16094e85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Cybersecurity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5Y871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>11,514</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>