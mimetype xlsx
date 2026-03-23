--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra651de2ea6084332" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0434b46c02314e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54832c3d16094e85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb306acb095bf4574"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d0c21be8434cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54832c3d16094e85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f600b115c084ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb306acb095bf4574" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Cybersecurity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5Y871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>9,292</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>