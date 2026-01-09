--- v0 (2025-10-15)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72f2774e48dd46f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eba76c2e49a4c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bf64bf422b74863"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04b229dcef9742a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22870a4e70274456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bf64bf422b74863" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbba5e2902424b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04b229dcef9742a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Data Center REITs &amp; Digital Infrastructure UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5Y327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>14,285</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,546</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>15,868</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>