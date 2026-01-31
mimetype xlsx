--- v1 (2026-01-09)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eba76c2e49a4c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd44827c8924e4ddd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04b229dcef9742a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfee090a4fa47489f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbba5e2902424b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04b229dcef9742a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1c58af86086444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfee090a4fa47489f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Data Center REITs &amp; Digital Infrastructure UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5Y327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>