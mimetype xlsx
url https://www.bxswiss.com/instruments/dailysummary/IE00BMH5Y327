--- v2 (2026-01-31)
+++ v3 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd44827c8924e4ddd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa52ab404fb14101" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfee090a4fa47489f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7816af01282c43f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1c58af86086444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfee090a4fa47489f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd69cabc309914f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7816af01282c43f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Data Center REITs &amp; Digital Infrastructure UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5Y327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>15.01.2026</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,487</x:t>
-[...306 lines deleted...]
-          <x:t>17,206</x:t>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>