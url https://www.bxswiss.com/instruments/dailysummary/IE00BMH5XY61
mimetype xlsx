--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6db52847b5f14926" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2459cdac35ec410f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf19f23851b94d2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51f67c5bfef54dd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95920c6d471d46f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf19f23851b94d2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63c47aecc0fe44b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51f67c5bfef54dd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X E-Commerce UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5XY61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>13,034</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,038</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>13,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,999</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>12,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>