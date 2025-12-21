--- v1 (2025-11-02)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2459cdac35ec410f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R972d753c3b6b4ee3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51f67c5bfef54dd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64725ab00f0f4284"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63c47aecc0fe44b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51f67c5bfef54dd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278995814ca64675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64725ab00f0f4284" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X E-Commerce UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5XY61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>12,205</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,422</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>12,617</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>