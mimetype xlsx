--- v2 (2025-12-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R972d753c3b6b4ee3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97388ef151dc4a9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64725ab00f0f4284"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R838416cc35914f7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278995814ca64675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64725ab00f0f4284" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da5ab1891b849bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R838416cc35914f7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X E-Commerce UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5XY61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>11,862</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,822</x:t>
-[...119 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>12,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,214</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>19.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,343</x:t>
-[...9 lines deleted...]
-          <x:t>12,333</x:t>
+          <x:t>12,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>