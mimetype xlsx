--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97388ef151dc4a9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400293063f2f4364" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R838416cc35914f7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2690aa428f94cab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da5ab1891b849bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R838416cc35914f7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc90cf7b8cca640b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2690aa428f94cab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X E-Commerce UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5XY61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>12,349</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,360</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>12,761</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>