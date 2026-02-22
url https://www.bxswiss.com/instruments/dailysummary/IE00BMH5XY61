--- v4 (2026-01-31)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400293063f2f4364" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc8bc571361d49b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2690aa428f94cab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a27cafe45e489a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc90cf7b8cca640b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2690aa428f94cab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcc3fe177184520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a27cafe45e489a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X E-Commerce UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5XY61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>