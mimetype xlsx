--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc8bc571361d49b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd401b8f1ca604dd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a27cafe45e489a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0717b3053b04b20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcc3fe177184520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a27cafe45e489a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R637c49e619d14d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0717b3053b04b20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X E-Commerce UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5XY61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>